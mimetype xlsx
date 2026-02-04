--- v0 (2025-11-12)
+++ v1 (2026-02-04)
@@ -32,147 +32,147 @@
     <sheet name="Invoice" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="39">
   <si>
     <t>PROFORMA INVOICE</t>
   </si>
   <si>
     <t>All4silver SK s.r.o.</t>
   </si>
   <si>
     <t>Kukucinova 18</t>
   </si>
   <si>
     <t>921 01 Piestany</t>
   </si>
   <si>
     <t>Slovakia</t>
   </si>
   <si>
-    <t>Tel:+421 911 441 440</t>
-[...8 lines deleted...]
-    <t>Extra quantity:</t>
+    <t>Tel: +48 607 960 221</t>
+  </si>
+  <si>
+    <t>Szczegółowo klienta</t>
+  </si>
+  <si>
+    <t>Konto kurier</t>
+  </si>
+  <si>
+    <t>Dodatkowa ilość</t>
   </si>
   <si>
     <t>Order ID.</t>
   </si>
   <si>
-    <t>Company name:</t>
-[...32 lines deleted...]
-    <t>Tel:</t>
+    <t xml:space="preserve">Nazwa firmy: </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nazwa klienta: </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ulica 1 : </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ulica 2 : </t>
+  </si>
+  <si>
+    <t>Uwagi specjalne</t>
+  </si>
+  <si>
+    <t>Data zamówienia</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Miasto: </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kod pocztowy: </t>
+  </si>
+  <si>
+    <t>Data dostarczenia</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kraj: </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Email: </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tel: </t>
   </si>
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
-    <t>Nr.</t>
-[...26 lines deleted...]
-    <t>Total</t>
+    <t>No.</t>
+  </si>
+  <si>
+    <t>Produkt</t>
+  </si>
+  <si>
+    <t>Opis</t>
+  </si>
+  <si>
+    <t>Dodatkowy</t>
+  </si>
+  <si>
+    <t>Platerowanie</t>
+  </si>
+  <si>
+    <t>Kolor</t>
+  </si>
+  <si>
+    <t>Obrazek</t>
+  </si>
+  <si>
+    <t>Ilość*</t>
+  </si>
+  <si>
+    <t>Cena</t>
+  </si>
+  <si>
+    <t>Całkowity</t>
   </si>
   <si>
     <t>ID</t>
   </si>
   <si>
-    <t>Information 1</t>
-[...2 lines deleted...]
-    <t>Information 2</t>
+    <t>Informacja 1</t>
+  </si>
+  <si>
+    <t>Informacja 2</t>
   </si>
   <si>
     <t>EUR</t>
   </si>
   <si>
-    <t>Free Jewelry Pack - N/A  A4S1</t>
+    <t>Gratisowy Pakiet Biżuterii - N/A  A4S1</t>
   </si>
   <si>
     <t>N/A</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="#,##0.00 [$€];-#,##0.00 [$€];"/>
     <numFmt numFmtId="165" formatCode="&quot;Size : &quot;#,##0.00_);&quot;Size : &quot;@"/>
   </numFmts>
   <fonts count="3">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="8"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
     </font>
     <font>
       <b val="1"/>